--- v0 (2025-10-15)
+++ v1 (2026-02-11)
@@ -10,51 +10,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="772E3E00" w14:textId="77777777" w:rsidR="00B77E47" w:rsidRDefault="00041FE0" w:rsidP="004330F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="480"/>
         <w:ind w:left="936"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC1359">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AF6FBAF" wp14:editId="0650C6EF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>455295</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -2565,493 +2565,582 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61C1274A" w14:textId="77777777" w:rsidR="00FF5B7A" w:rsidRPr="00FF5B7A" w:rsidRDefault="00FF5B7A" w:rsidP="00FF5B7A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF5B7A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4676A809" w14:textId="77777777" w:rsidR="00022348" w:rsidRDefault="00036EC3" w:rsidP="00022348">
+    <w:p w14:paraId="4676A809" w14:textId="748BDC9F" w:rsidR="00022348" w:rsidRDefault="00036EC3" w:rsidP="00022348">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00036EC3">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>If you have questions on how to fill out this form or about the inventory program, please contact us at 512-239-4691.</w:t>
+        <w:t>If you have questions on how to fill out this form or about the inventory program, please contact us at 512-239-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65322">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>1071</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036EC3">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A8346A" w14:textId="1020E209" w:rsidR="00FF5B7A" w:rsidRPr="00FF5B7A" w:rsidRDefault="00FF5B7A" w:rsidP="00022348">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:sectPr w:rsidR="00FF5B7A" w:rsidRPr="00FF5B7A" w:rsidSect="00367E55">
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="800" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1661C2" w14:textId="77777777" w:rsidR="00DB40D2" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Sample_Siting_Plan"/>
       <w:bookmarkStart w:id="1" w:name="Revised_Total_Coliform_Rule"/>
       <w:bookmarkStart w:id="2" w:name="Instructions"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B121C0" w14:textId="6F9CA589" w:rsidR="00DB40D2" w:rsidRPr="00DB40D2" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
+    <w:p w14:paraId="44B121C0" w14:textId="67F58BEE" w:rsidR="00DB40D2" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This Operator Notice </w:t>
       </w:r>
       <w:r w:rsidR="006163FF">
         <w:t>F</w:t>
       </w:r>
       <w:r>
-        <w:t>orm may be used by public water systems to meet the requirements of Title 30 Texas Administrative Code (30 TAC) §290.46(p)(2), relating to provid</w:t>
+        <w:t xml:space="preserve">orm may be used by public water systems </w:t>
       </w:r>
-      <w:r w:rsidR="006163FF">
-        <w:t>ing</w:t>
+      <w:r w:rsidR="00952F71">
+        <w:t xml:space="preserve">(PWS) </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> an annual list of water operators and/or operating companies used by </w:t>
+        <w:t xml:space="preserve">to meet the requirements of Title 30 Texas Administrative Code (30 TAC) 290.46(p)(2), </w:t>
+      </w:r>
+      <w:r w:rsidR="00E75396">
+        <w:t>which requires public water systems to provide</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E75396">
+        <w:t xml:space="preserve">TCEQ with </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">an annual list of water operators and operating companies used by </w:t>
       </w:r>
       <w:r w:rsidR="006163FF">
         <w:t>a</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> public water system to the TCEQ.</w:t>
+        <w:t xml:space="preserve"> public water system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A689E29" w14:textId="77777777" w:rsidR="00DB40D2" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
+    <w:p w14:paraId="780250F8" w14:textId="586546C1" w:rsidR="00952F71" w:rsidRDefault="00952F71" w:rsidP="00DB40D2">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Effective Date for Operator Information</w:t>
+      <w:r w:rsidRPr="00B30FFC">
+        <w:t>Complete page 1 of this form with the requested information for all operators and operating companies you currently use.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> at the top of the form.</w:t>
+        <w:t xml:space="preserve"> If you need to add additional operators or operating companies, you can list them on the backside of the form or on an additional page.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A887BCF" w14:textId="77777777" w:rsidR="00DB40D2" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
+    <w:p w14:paraId="4E405DB1" w14:textId="42A5FD7D" w:rsidR="00952F71" w:rsidRPr="00DB40D2" w:rsidRDefault="00952F71" w:rsidP="00DB40D2">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Total Number of Operators</w:t>
+      <w:r w:rsidRPr="008F51F9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> field.</w:t>
+        <w:t xml:space="preserve"> The form should be signed by the owner of the public water system or by a representative with legal authority to represent the owner and system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6102AA22" w14:textId="77777777" w:rsidR="00DB40D2" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
+    <w:p w14:paraId="4D0466A4" w14:textId="173E472B" w:rsidR="00DB40D2" w:rsidRDefault="003707FB" w:rsidP="008F51F9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
-[...35 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00DB40D2">
         <w:t xml:space="preserve">ubmit the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">completed </w:t>
       </w:r>
       <w:r w:rsidR="00DB40D2">
         <w:t xml:space="preserve">form via email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00DB40D2" w:rsidRPr="00D80963">
+        <w:r w:rsidR="00DB40D2" w:rsidRPr="00952F71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>PWSINVEN@tceq.texas.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DB40D2">
-        <w:t>, via fax to (512) 239-6050, or mail to:</w:t>
+        <w:t xml:space="preserve"> or mail </w:t>
+      </w:r>
+      <w:r w:rsidR="00E75396">
+        <w:t xml:space="preserve">it </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB40D2">
+        <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3510F144" w14:textId="23CE05D6" w:rsidR="008E0FAB" w:rsidRDefault="008E0FAB" w:rsidP="00DB40D2">
+    <w:p w14:paraId="3510F144" w14:textId="7B4CA6D4" w:rsidR="008E0FAB" w:rsidRDefault="008E0FAB" w:rsidP="00DB40D2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Drinking Water Inventory &amp; Protection Team, MC-155</w:t>
+        <w:t xml:space="preserve">Inventory &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65322">
+        <w:t xml:space="preserve">Data Management </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Team, MC-155</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42B7CD67" w14:textId="77777777" w:rsidR="008E0FAB" w:rsidRDefault="008E0FAB" w:rsidP="008E0FAB">
+    <w:p w14:paraId="42B7CD67" w14:textId="77777777" w:rsidR="008E0FAB" w:rsidRPr="008F51F9" w:rsidRDefault="008E0FAB" w:rsidP="008E0FAB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008F51F9">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>TCEQ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221AB8B3" w14:textId="77777777" w:rsidR="00DB40D2" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
+    <w:p w14:paraId="221AB8B3" w14:textId="77777777" w:rsidR="00DB40D2" w:rsidRPr="008F51F9" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008F51F9">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>PO Box 13087</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762C80BE" w14:textId="77777777" w:rsidR="00DB40D2" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
+    <w:p w14:paraId="762C80BE" w14:textId="77777777" w:rsidR="00DB40D2" w:rsidRPr="008F51F9" w:rsidRDefault="00DB40D2" w:rsidP="00DB40D2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008F51F9">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:t>Austin, TX 78711-3087</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC9AF5D" w14:textId="236DD6A8" w:rsidR="00FF5B7A" w:rsidRDefault="00B76F04" w:rsidP="00FF5B7A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Additional Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A829956" w14:textId="15B33580" w:rsidR="0084755F" w:rsidRPr="00F13B46" w:rsidRDefault="004A5A01" w:rsidP="00664BB0">
+    <w:p w14:paraId="1A829956" w14:textId="46A914A4" w:rsidR="0084755F" w:rsidRPr="00F13B46" w:rsidRDefault="004A5A01" w:rsidP="00664BB0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Public water systems must also develop and maintain specific records for part-time and volunteer operators to meet the requirements as described in </w:t>
       </w:r>
       <w:r w:rsidR="00FF5B7A">
         <w:t xml:space="preserve">30 TAC </w:t>
       </w:r>
       <w:r>
-        <w:t>§290.46(f)(3)(A)(vii) and (viii) as follows:</w:t>
+        <w:t>290.46(f)(3)(A)(vii) and (viii) as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F413B9B" w14:textId="3AFC3A1B" w:rsidR="00C7032C" w:rsidRDefault="0084755F" w:rsidP="00664BB0">
+    <w:p w14:paraId="1F413B9B" w14:textId="5F89BAB5" w:rsidR="00C7032C" w:rsidRDefault="0084755F" w:rsidP="00664BB0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="504"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Part-time Licensed Operators: </w:t>
+        <w:t>Part-time Licensed Operators</w:t>
+      </w:r>
+      <w:r w:rsidR="0015299A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In addition to the information provided in this Operator Notice </w:t>
       </w:r>
       <w:r w:rsidR="00F9063C">
         <w:t>f</w:t>
       </w:r>
       <w:r>
-        <w:t>orm, public water systems shall develop and maintain a daily record or a monthly summary of the work performed and the number of hours worked by each of the part-time operators.</w:t>
+        <w:t>orm, public water systems shall develop and maintain a daily record or a monthly summary of the work performed and the number of hours worked by each of the</w:t>
+      </w:r>
+      <w:r w:rsidR="0015299A">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> part-time operators.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD0C5B8" w14:textId="5E2EA989" w:rsidR="00DB40D2" w:rsidRDefault="0084755F" w:rsidP="00DB40D2">
+    <w:p w14:paraId="0FD0C5B8" w14:textId="1EA123D6" w:rsidR="00DB40D2" w:rsidRDefault="0084755F" w:rsidP="00DB40D2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="504"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Full-time and Part-time Licensed Volunteer Operators:</w:t>
+        <w:t>Full-time and Part-time Licensed Volunteer Operators</w:t>
+      </w:r>
+      <w:r w:rsidR="0015299A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> In addition to the information provided in this Operator Notice </w:t>
       </w:r>
       <w:r w:rsidR="00F9063C">
         <w:t>f</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">orm, public water systems that use a full-time or part-time licensed volunteer operator shall develop and maintain a record of each volunteer operator </w:t>
       </w:r>
       <w:r w:rsidR="005405A8">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
         <w:t>indicat</w:t>
       </w:r>
       <w:r w:rsidR="005405A8">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005405A8">
         <w:t xml:space="preserve">any </w:t>
       </w:r>
       <w:r>
-        <w:t>time for which the volunteer is responsible for operating the public water system.</w:t>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="0015299A">
+        <w:t>s when</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the volunteer </w:t>
+      </w:r>
+      <w:r w:rsidR="0015299A">
+        <w:t>was</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> responsible for operating the public water system.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DB40D2" w:rsidSect="00036EC3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="541" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="665719EC" w14:textId="77777777" w:rsidR="00DA0EE8" w:rsidRDefault="00DA0EE8">
+    <w:p w14:paraId="050F3B87" w14:textId="77777777" w:rsidR="006A73BC" w:rsidRDefault="006A73BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="750CB986" w14:textId="77777777" w:rsidR="00DA0EE8" w:rsidRDefault="00DA0EE8">
+    <w:p w14:paraId="1360267A" w14:textId="77777777" w:rsidR="006A73BC" w:rsidRDefault="006A73BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Bright">
     <w:panose1 w:val="02040602050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="-134569826"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="1808D35E" w14:textId="6A48D66D" w:rsidR="007F27EA" w:rsidRPr="00367E55" w:rsidRDefault="00036EC3" w:rsidP="00036EC3">
+          <w:p w14:paraId="1808D35E" w14:textId="3F727344" w:rsidR="007F27EA" w:rsidRPr="00367E55" w:rsidRDefault="00036EC3" w:rsidP="00036EC3">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00367E55">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">TCEQ-20913 (Rev. </w:t>
             </w:r>
-            <w:r w:rsidR="00022348">
+            <w:r w:rsidR="00A65322" w:rsidRPr="008F51F9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>06-28</w:t>
+              <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00367E55">
+            <w:r w:rsidR="008F51F9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>-22)</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65322" w:rsidRPr="008F51F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="008F51F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65322" w:rsidRPr="008F51F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00367E55">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00367E55">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007F27EA" w:rsidRPr="00367E55">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
@@ -3158,93 +3247,93 @@
             <w:r w:rsidR="007F27EA" w:rsidRPr="00367E55">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2E470498" w14:textId="3F89798C" w:rsidR="00B77E47" w:rsidRPr="00367E55" w:rsidRDefault="00B77E47">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F6DCDF7" w14:textId="30277438" w:rsidR="00036EC3" w:rsidRPr="00036EC3" w:rsidRDefault="00036EC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00036EC3">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>TCEQ-20913 (Rev. 02-23-22)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="134A8307" w14:textId="77777777" w:rsidR="00DA0EE8" w:rsidRDefault="00DA0EE8">
+    <w:p w14:paraId="4C995011" w14:textId="77777777" w:rsidR="006A73BC" w:rsidRDefault="006A73BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E0F14A2" w14:textId="77777777" w:rsidR="00DA0EE8" w:rsidRDefault="00DA0EE8">
+    <w:p w14:paraId="3E363DBF" w14:textId="77777777" w:rsidR="006A73BC" w:rsidRDefault="006A73BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E960C16C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E7BA78E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -3774,168 +3863,171 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1208227658">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1780754644">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="513037055">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="111169302">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2101639054">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1126846997">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="354235632">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2104952111">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="853304126">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1801995420">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="834610229">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="913970864">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="66655056">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1335109711">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00855D2C"/>
     <w:rsid w:val="00022348"/>
     <w:rsid w:val="00025EB1"/>
     <w:rsid w:val="000277FD"/>
     <w:rsid w:val="00032A95"/>
     <w:rsid w:val="00036EC3"/>
     <w:rsid w:val="0004037C"/>
     <w:rsid w:val="00041FE0"/>
     <w:rsid w:val="00045CB4"/>
     <w:rsid w:val="00070A88"/>
     <w:rsid w:val="00071611"/>
     <w:rsid w:val="000753C9"/>
     <w:rsid w:val="0007581C"/>
     <w:rsid w:val="0008562B"/>
     <w:rsid w:val="000929F0"/>
     <w:rsid w:val="00093C29"/>
     <w:rsid w:val="000D11AE"/>
     <w:rsid w:val="000D30B7"/>
     <w:rsid w:val="000E4127"/>
     <w:rsid w:val="000F09B9"/>
     <w:rsid w:val="000F194A"/>
     <w:rsid w:val="001009B3"/>
     <w:rsid w:val="0010100E"/>
     <w:rsid w:val="00101042"/>
     <w:rsid w:val="00104D14"/>
     <w:rsid w:val="00106691"/>
     <w:rsid w:val="001315CC"/>
     <w:rsid w:val="0013317A"/>
     <w:rsid w:val="00150D02"/>
+    <w:rsid w:val="0015299A"/>
     <w:rsid w:val="00160D82"/>
     <w:rsid w:val="00170F37"/>
     <w:rsid w:val="001773C0"/>
     <w:rsid w:val="00182B2E"/>
     <w:rsid w:val="00185788"/>
     <w:rsid w:val="0018631B"/>
     <w:rsid w:val="00186CF2"/>
     <w:rsid w:val="00193D6E"/>
     <w:rsid w:val="00194D91"/>
     <w:rsid w:val="0019754F"/>
     <w:rsid w:val="001A795E"/>
     <w:rsid w:val="001B0412"/>
     <w:rsid w:val="001C4DCF"/>
     <w:rsid w:val="001E68B9"/>
+    <w:rsid w:val="001F1FB5"/>
     <w:rsid w:val="001F2186"/>
     <w:rsid w:val="001F343E"/>
     <w:rsid w:val="00224718"/>
     <w:rsid w:val="0023129C"/>
     <w:rsid w:val="002340B7"/>
     <w:rsid w:val="0023490C"/>
     <w:rsid w:val="00244DCB"/>
     <w:rsid w:val="00275870"/>
     <w:rsid w:val="002C06C2"/>
     <w:rsid w:val="002C0E49"/>
     <w:rsid w:val="002D5685"/>
     <w:rsid w:val="002E24F2"/>
     <w:rsid w:val="002E734C"/>
     <w:rsid w:val="002F3ED1"/>
     <w:rsid w:val="003063D1"/>
     <w:rsid w:val="00307BBB"/>
     <w:rsid w:val="00340905"/>
     <w:rsid w:val="00344892"/>
     <w:rsid w:val="00352326"/>
     <w:rsid w:val="00361E02"/>
     <w:rsid w:val="00363784"/>
     <w:rsid w:val="00367E55"/>
     <w:rsid w:val="003707FB"/>
     <w:rsid w:val="00374C2F"/>
     <w:rsid w:val="00376AB3"/>
@@ -3983,120 +4075,127 @@
     <w:rsid w:val="005611B6"/>
     <w:rsid w:val="005667A0"/>
     <w:rsid w:val="00574EAA"/>
     <w:rsid w:val="005B104C"/>
     <w:rsid w:val="005C3F49"/>
     <w:rsid w:val="005C43A3"/>
     <w:rsid w:val="005D2ABA"/>
     <w:rsid w:val="005E0DF7"/>
     <w:rsid w:val="005F03E6"/>
     <w:rsid w:val="005F2870"/>
     <w:rsid w:val="005F2D48"/>
     <w:rsid w:val="0061022C"/>
     <w:rsid w:val="006163FF"/>
     <w:rsid w:val="00627485"/>
     <w:rsid w:val="00630859"/>
     <w:rsid w:val="00633DDF"/>
     <w:rsid w:val="00635143"/>
     <w:rsid w:val="0063704C"/>
     <w:rsid w:val="006379B1"/>
     <w:rsid w:val="00637E03"/>
     <w:rsid w:val="00647273"/>
     <w:rsid w:val="00662303"/>
     <w:rsid w:val="00664BB0"/>
     <w:rsid w:val="0067416C"/>
     <w:rsid w:val="00695DAC"/>
+    <w:rsid w:val="006A73BC"/>
+    <w:rsid w:val="006B48C7"/>
     <w:rsid w:val="006D0161"/>
     <w:rsid w:val="006D0305"/>
     <w:rsid w:val="006E2E24"/>
     <w:rsid w:val="006E68FC"/>
     <w:rsid w:val="006F4504"/>
     <w:rsid w:val="00704163"/>
     <w:rsid w:val="007058E6"/>
     <w:rsid w:val="00712F87"/>
     <w:rsid w:val="00715413"/>
     <w:rsid w:val="0071668A"/>
     <w:rsid w:val="00720F89"/>
     <w:rsid w:val="00727FC7"/>
     <w:rsid w:val="007507C3"/>
+    <w:rsid w:val="007518F8"/>
     <w:rsid w:val="007549D9"/>
     <w:rsid w:val="00771744"/>
     <w:rsid w:val="00780AF2"/>
     <w:rsid w:val="007954BE"/>
     <w:rsid w:val="007B436B"/>
     <w:rsid w:val="007B523A"/>
     <w:rsid w:val="007B6417"/>
     <w:rsid w:val="007C058A"/>
     <w:rsid w:val="007C571C"/>
     <w:rsid w:val="007E2272"/>
     <w:rsid w:val="007E6D7C"/>
     <w:rsid w:val="007F0DDA"/>
     <w:rsid w:val="007F27EA"/>
     <w:rsid w:val="00813A69"/>
     <w:rsid w:val="008378C1"/>
     <w:rsid w:val="0084755F"/>
     <w:rsid w:val="00854449"/>
     <w:rsid w:val="00854728"/>
     <w:rsid w:val="00855D2C"/>
     <w:rsid w:val="00867FB4"/>
     <w:rsid w:val="008813A0"/>
     <w:rsid w:val="00882346"/>
     <w:rsid w:val="008862B8"/>
     <w:rsid w:val="008959A7"/>
     <w:rsid w:val="008A1FF9"/>
     <w:rsid w:val="008A7F1D"/>
     <w:rsid w:val="008E0FAB"/>
     <w:rsid w:val="008E3309"/>
     <w:rsid w:val="008E505F"/>
     <w:rsid w:val="008F2407"/>
+    <w:rsid w:val="008F51F9"/>
     <w:rsid w:val="008F68B3"/>
     <w:rsid w:val="0091681D"/>
     <w:rsid w:val="00917170"/>
     <w:rsid w:val="009218BF"/>
     <w:rsid w:val="00924899"/>
     <w:rsid w:val="0095269A"/>
     <w:rsid w:val="00952824"/>
+    <w:rsid w:val="00952F71"/>
     <w:rsid w:val="00955667"/>
     <w:rsid w:val="0097079D"/>
     <w:rsid w:val="00977A4E"/>
     <w:rsid w:val="009950B3"/>
     <w:rsid w:val="009A4F48"/>
     <w:rsid w:val="009A6522"/>
     <w:rsid w:val="009B31DB"/>
     <w:rsid w:val="009E23FD"/>
     <w:rsid w:val="009E37BB"/>
     <w:rsid w:val="009E6741"/>
     <w:rsid w:val="009E7089"/>
     <w:rsid w:val="009E7804"/>
     <w:rsid w:val="00A0414D"/>
     <w:rsid w:val="00A07ACA"/>
     <w:rsid w:val="00A10247"/>
     <w:rsid w:val="00A1587A"/>
+    <w:rsid w:val="00A213DF"/>
     <w:rsid w:val="00A243E8"/>
     <w:rsid w:val="00A40AB0"/>
     <w:rsid w:val="00A44917"/>
     <w:rsid w:val="00A54317"/>
+    <w:rsid w:val="00A65322"/>
     <w:rsid w:val="00A679F8"/>
     <w:rsid w:val="00A7782C"/>
     <w:rsid w:val="00A77933"/>
     <w:rsid w:val="00A8468A"/>
     <w:rsid w:val="00A920E5"/>
     <w:rsid w:val="00A93D4E"/>
     <w:rsid w:val="00A95F19"/>
     <w:rsid w:val="00AA4292"/>
     <w:rsid w:val="00AA4F6B"/>
     <w:rsid w:val="00AB3801"/>
     <w:rsid w:val="00AB4932"/>
     <w:rsid w:val="00AC59B2"/>
     <w:rsid w:val="00AC7519"/>
     <w:rsid w:val="00AD4613"/>
     <w:rsid w:val="00AE7FFA"/>
     <w:rsid w:val="00AF7205"/>
     <w:rsid w:val="00AF74A3"/>
     <w:rsid w:val="00B11B75"/>
     <w:rsid w:val="00B2057F"/>
     <w:rsid w:val="00B25420"/>
     <w:rsid w:val="00B35454"/>
     <w:rsid w:val="00B360DB"/>
     <w:rsid w:val="00B50468"/>
     <w:rsid w:val="00B51864"/>
     <w:rsid w:val="00B54FEE"/>
@@ -4136,143 +4235,146 @@
     <w:rsid w:val="00C82192"/>
     <w:rsid w:val="00C8661F"/>
     <w:rsid w:val="00C86BE6"/>
     <w:rsid w:val="00CA2CC1"/>
     <w:rsid w:val="00CA608F"/>
     <w:rsid w:val="00CA69A5"/>
     <w:rsid w:val="00CC080E"/>
     <w:rsid w:val="00CC1359"/>
     <w:rsid w:val="00CD49AE"/>
     <w:rsid w:val="00CD4E79"/>
     <w:rsid w:val="00CD5BBF"/>
     <w:rsid w:val="00CD6371"/>
     <w:rsid w:val="00CE4AFB"/>
     <w:rsid w:val="00CF39D4"/>
     <w:rsid w:val="00CF4993"/>
     <w:rsid w:val="00D2012C"/>
     <w:rsid w:val="00D23DC6"/>
     <w:rsid w:val="00D24AE7"/>
     <w:rsid w:val="00D3058C"/>
     <w:rsid w:val="00D317C2"/>
     <w:rsid w:val="00D34A8D"/>
     <w:rsid w:val="00D36BD7"/>
     <w:rsid w:val="00D43182"/>
     <w:rsid w:val="00D52CCF"/>
     <w:rsid w:val="00D576E7"/>
+    <w:rsid w:val="00D57ADB"/>
     <w:rsid w:val="00D72994"/>
     <w:rsid w:val="00D804B8"/>
     <w:rsid w:val="00DA0EE8"/>
     <w:rsid w:val="00DA3FC3"/>
     <w:rsid w:val="00DA7752"/>
     <w:rsid w:val="00DB40D2"/>
     <w:rsid w:val="00DB56EA"/>
     <w:rsid w:val="00DB7F44"/>
     <w:rsid w:val="00DC0049"/>
     <w:rsid w:val="00DC5ABC"/>
     <w:rsid w:val="00DC703F"/>
     <w:rsid w:val="00DF00E9"/>
     <w:rsid w:val="00DF5D4B"/>
     <w:rsid w:val="00DF7A3F"/>
     <w:rsid w:val="00E14608"/>
     <w:rsid w:val="00E2210F"/>
     <w:rsid w:val="00E22551"/>
     <w:rsid w:val="00E23BC4"/>
     <w:rsid w:val="00E321D3"/>
     <w:rsid w:val="00E347AC"/>
     <w:rsid w:val="00E368FC"/>
     <w:rsid w:val="00E36F27"/>
     <w:rsid w:val="00E565EB"/>
     <w:rsid w:val="00E634CF"/>
     <w:rsid w:val="00E74E72"/>
+    <w:rsid w:val="00E75396"/>
     <w:rsid w:val="00E85EFE"/>
     <w:rsid w:val="00E87882"/>
     <w:rsid w:val="00E9671F"/>
     <w:rsid w:val="00EB0538"/>
     <w:rsid w:val="00EB59CB"/>
     <w:rsid w:val="00ED3DFE"/>
     <w:rsid w:val="00ED4EBC"/>
     <w:rsid w:val="00EE1550"/>
     <w:rsid w:val="00EE15D8"/>
     <w:rsid w:val="00EF6F32"/>
     <w:rsid w:val="00F04DB4"/>
     <w:rsid w:val="00F11815"/>
     <w:rsid w:val="00F13B46"/>
     <w:rsid w:val="00F15498"/>
     <w:rsid w:val="00F20560"/>
     <w:rsid w:val="00F44BD9"/>
     <w:rsid w:val="00F530B7"/>
     <w:rsid w:val="00F6283F"/>
     <w:rsid w:val="00F63F87"/>
+    <w:rsid w:val="00F73A68"/>
     <w:rsid w:val="00F77AAF"/>
     <w:rsid w:val="00F859D8"/>
     <w:rsid w:val="00F863EF"/>
     <w:rsid w:val="00F9063C"/>
     <w:rsid w:val="00F92905"/>
     <w:rsid w:val="00F9350E"/>
     <w:rsid w:val="00FA0D45"/>
     <w:rsid w:val="00FA10FB"/>
     <w:rsid w:val="00FA5396"/>
     <w:rsid w:val="00FB4504"/>
     <w:rsid w:val="00FB7C02"/>
     <w:rsid w:val="00FD64AA"/>
     <w:rsid w:val="00FD6A07"/>
     <w:rsid w:val="00FD6EEF"/>
     <w:rsid w:val="00FE54E3"/>
     <w:rsid w:val="00FE79CA"/>
     <w:rsid w:val="00FF59A4"/>
     <w:rsid w:val="00FF5B7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5B832F0C"/>
   <w15:docId w15:val="{64513D4D-60B9-48D1-A0A8-08574FCBC2D0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4627,51 +4729,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D36BD7"/>
+    <w:rsid w:val="00952F71"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Bright" w:eastAsia="Lucida Bright" w:hAnsi="Lucida Bright" w:cs="Lucida Bright"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="940"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
@@ -5439,98 +5541,178 @@
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00664BB0"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00854449"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Lucida Bright" w:hAnsi="Verdana" w:cs="Lucida Bright"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A65322"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Bright" w:eastAsia="Lucida Bright" w:hAnsi="Lucida Bright" w:cs="Lucida Bright"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E75396"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E75396"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E75396"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Bright" w:eastAsia="Lucida Bright" w:hAnsi="Lucida Bright" w:cs="Lucida Bright"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E75396"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E75396"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Bright" w:eastAsia="Lucida Bright" w:hAnsi="Lucida Bright" w:cs="Lucida Bright"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="479421413">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1066799011">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PWSINVEN@tceq.texas.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CCD58E430AAA4C3DA0E0A5FAA5B06B9B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{831DC74D-1519-42E5-95C0-57A9448CCBE1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="001A13C9" w:rsidRDefault="00955B25" w:rsidP="00955B25">
           <w:pPr>
             <w:pStyle w:val="CCD58E430AAA4C3DA0E0A5FAA5B06B9B"/>
           </w:pPr>
           <w:r w:rsidRPr="007C571C">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
@@ -5973,162 +6155,172 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{494647B3-A7F1-4CD3-8749-8CCD9A6866D0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00092AB2" w:rsidRDefault="00955B25" w:rsidP="00955B25">
           <w:pPr>
             <w:pStyle w:val="49809C00231C482BB35BCC9A111C81C3"/>
           </w:pPr>
           <w:r w:rsidRPr="007C571C">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Bright">
     <w:panose1 w:val="02040602050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A6EA3"/>
     <w:rsid w:val="00092AB2"/>
     <w:rsid w:val="000C3350"/>
     <w:rsid w:val="001A13C9"/>
     <w:rsid w:val="0036325A"/>
     <w:rsid w:val="003A6EA3"/>
     <w:rsid w:val="00401076"/>
     <w:rsid w:val="006954A0"/>
+    <w:rsid w:val="006B48C7"/>
     <w:rsid w:val="00955B25"/>
     <w:rsid w:val="00977F2B"/>
+    <w:rsid w:val="00A213DF"/>
     <w:rsid w:val="00AA390E"/>
+    <w:rsid w:val="00C179E8"/>
     <w:rsid w:val="00CD1FB8"/>
+    <w:rsid w:val="00D57ADB"/>
+    <w:rsid w:val="00F73A68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6759,295 +6951,55 @@
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Lucida Bright" w:hAnsi="Verdana" w:cs="Lucida Bright"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5CFCB260D17248A2B385D8C19F363ED9">
     <w:name w:val="5CFCB260D17248A2B385D8C19F363ED9"/>
     <w:rsid w:val="00955B25"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Lucida Bright" w:hAnsi="Verdana" w:cs="Lucida Bright"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E9043F5A33D43A4BA0EDF2390F0CF052">
-[...238 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -7313,75 +7265,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{215DE28E-5BB6-4544-AD12-91BE3CE6EC77}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>467</Words>
-  <Characters>2666</Characters>
+  <Words>437</Words>
+  <Characters>2492</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TCEQ Sample Siting Plan Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3127</CharactersWithSpaces>
+  <CharactersWithSpaces>2924</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TCEQ Sample Siting Plan Template</dc:title>
   <dc:subject>TCEQ Sample Siting Plan Template</dc:subject>
   <dc:creator>TCEQ</dc:creator>
   <cp:keywords>RTCR Siting Plan</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-04-28T00:00:00Z</vt:filetime>
   </property>